--- v0 (2026-01-13)
+++ v1 (2026-02-03)
@@ -1,44 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
@@ -751,128 +748,117 @@
                   </w:r>
                   <w:r w:rsidR="0096353C">
                     <w:rPr>
                       <w:color w:val="1A1A1A"/>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="1A1A1A"/>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t>), XX-XX. https://doi.org/10.59022/ijlp.XXX</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="035C1B29" w14:textId="0797EAFA" w:rsidR="009765FE" w:rsidRDefault="009765FE"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="059FB50D" w14:textId="049F7BAC" w:rsidR="009765FE" w:rsidRDefault="00C03205">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0B10F2D9" w14:textId="24411306" w:rsidR="009915C0" w:rsidRDefault="00C03205" w:rsidP="009915C0">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22207E11" wp14:editId="780C9997">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-7717790</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6401435" cy="316865"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6401435" cy="316865"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF1561D" w14:textId="052E51B3" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="5AF1561D" w14:textId="7DD26245" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>I. Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77817EAF" w14:textId="5FDD7A71" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Begin your introduction here. The introduction should establish the context, state the research problem, review relevant literature, and clearly present your research objectives and questions. Provide background information that helps readers understand the significance of your study. Use APA in-text citations (Author, Year) or (Author &amp; Author, Year) for sources. For example, recent research has shown that smart city implementations face significant contractual challenges (Smith, 2024). Multiple studies have examined this issue (Jones &amp; Williams, 2023; Brown et al., 2024).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE5EBD9" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1095,51 +1081,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009765FE" w14:paraId="26BDDCBC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F700062" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56CB6506" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -1182,50 +1167,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009765FE" w14:paraId="4FAF7937" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5CC9F043" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A131D9F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -1980,64 +1966,64 @@
               <w:top w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F5E9"/>
             <w:tcMar>
               <w:top w:w="120" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="120" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33096BD1" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="43A047"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>STAGE 3: Implementation &amp; Monitoring</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B79FA6F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Deployment execution, performance tracking, continuous improvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66DF8899" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note. This flow diagram illustrates the three-stage implementation process identified in the research. Each stage has distinct activities and deliverables, with sequential progression through the phases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2888453A" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
@@ -2368,313 +2354,122 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">World Bank. (2024). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Smart cities: Technology and governance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Retrieved January 10, 2026, from https://www.worldbank.org/en/topic/smartcities</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009765FE">
-      <w:headerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="450CF382" w14:textId="77777777" w:rsidR="00FE2D8C" w:rsidRDefault="00FE2D8C">
+    <w:p w14:paraId="1EEE7CB8" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5509B4D7" w14:textId="77777777" w:rsidR="00FE2D8C" w:rsidRDefault="00FE2D8C">
+    <w:p w14:paraId="5605F620" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...189 lines deleted...]
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="1A4D6F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5040"/>
       <w:gridCol w:w="5040"/>
     </w:tblGrid>
     <w:tr w:rsidR="009765FE" w14:paraId="762DB48A" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5040" w:type="dxa"/>
           <w:tcMar>
             <w:top w:w="50" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="25" w:type="dxa"/>
@@ -2715,51 +2510,51 @@
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:instrText>PAGE</w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="1A4D6F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5040"/>
       <w:gridCol w:w="5040"/>
     </w:tblGrid>
     <w:tr w:rsidR="009765FE" w14:paraId="15C9601B" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5040" w:type="dxa"/>
           <w:tcMar>
             <w:top w:w="50" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="25" w:type="dxa"/>
@@ -2820,234 +2615,145 @@
               <w:noProof/>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="131CB07B" w14:textId="77777777" w:rsidR="00FE2D8C" w:rsidRDefault="00FE2D8C">
+    <w:p w14:paraId="69EE09B7" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15F288E7" w14:textId="77777777" w:rsidR="00FE2D8C" w:rsidRDefault="00FE2D8C">
+    <w:p w14:paraId="15CD7641" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1A4D6F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="5040"/>
-      <w:gridCol w:w="5040"/>
+      <w:gridCol w:w="3523"/>
+      <w:gridCol w:w="3186"/>
+      <w:gridCol w:w="3371"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009765FE" w14:paraId="59FF4917" w14:textId="77777777">
+    <w:tr w:rsidR="007A2C0B" w14:paraId="67F9DCE1" w14:textId="77777777" w:rsidTr="007A2C0B">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5040" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F8FAFB"/>
+          <w:tcW w:w="3523" w:type="dxa"/>
           <w:tcMar>
             <w:top w:w="40" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="40" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="784C3DEA" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+        <w:p w14:paraId="2C52100B" w14:textId="77777777" w:rsidR="007A2C0B" w:rsidRDefault="007A2C0B">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:t>International Journal of Law and Policy</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5040" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="F8FAFB"/>
+          <w:tcW w:w="3186" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="2A89203B" w14:textId="77777777" w:rsidR="007A2C0B" w:rsidRDefault="007A2C0B">
+          <w:pPr>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:color w:val="1A4D6F"/>
+              <w:sz w:val="17"/>
+              <w:szCs w:val="17"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3371" w:type="dxa"/>
           <w:tcMar>
             <w:top w:w="40" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="40" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="1FF01FC3" w14:textId="2A9E29A7" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+        <w:p w14:paraId="633E4C16" w14:textId="1736C0A4" w:rsidR="007A2C0B" w:rsidRDefault="007A2C0B">
           <w:pPr>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
-            <w:t xml:space="preserve">Volume </w:t>
-[...102 lines deleted...]
-            <w:t>Volume 3, Issue 3 | January 2026</w:t>
+            <w:t>Volume 4, Issue 1 | January 2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57C269E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FD4C2EE"/>
     <w:lvl w:ilvl="0" w:tplc="B1A44D50">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8774F3B6">
       <w:start w:val="1"/>
@@ -3135,57 +2841,60 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009765FE"/>
     <w:rsid w:val="00183CCF"/>
+    <w:rsid w:val="00210672"/>
     <w:rsid w:val="002933D2"/>
     <w:rsid w:val="0039006B"/>
     <w:rsid w:val="0060000A"/>
+    <w:rsid w:val="007A2C0B"/>
     <w:rsid w:val="0084465C"/>
     <w:rsid w:val="00931A55"/>
     <w:rsid w:val="0096353C"/>
     <w:rsid w:val="009765FE"/>
+    <w:rsid w:val="009915C0"/>
     <w:rsid w:val="00B777C4"/>
     <w:rsid w:val="00C03205"/>
     <w:rsid w:val="00DA2FD5"/>
     <w:rsid w:val="00E467A4"/>
     <w:rsid w:val="00F14E8F"/>
     <w:rsid w:val="00FE2D8C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -3827,51 +3536,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA2FD5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA2FD5"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>