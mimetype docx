--- v1 (2026-02-03)
+++ v2 (2026-02-23)
@@ -659,51 +659,54 @@
               <w:tblBorders>
                 <w:top w:val="double" w:sz="10" w:space="0" w:color="B8860B"/>
                 <w:bottom w:val="double" w:sz="10" w:space="0" w:color="B8860B"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="10" w:type="dxa"/>
                 <w:right w:w="10" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="10080"/>
             </w:tblGrid>
             <w:tr w:rsidR="009765FE" w14:paraId="48872325" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10080" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="120" w:type="dxa"/>
                     <w:left w:w="200" w:type="dxa"/>
                     <w:bottom w:w="120" w:type="dxa"/>
                     <w:right w:w="200" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3844F566" w14:textId="63E080DF" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+                <w:p w14:paraId="3844F566" w14:textId="63E080DF" w:rsidR="009765FE" w:rsidRDefault="0060000A" w:rsidP="00FE58CE">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1A4D6F"/>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t xml:space="preserve">How to Cite: </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="1A1A1A"/>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="1A1A1A"/>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
@@ -890,67 +893,147 @@
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>For example, this study employed a mixed-methods approach combining qualitative interviews with quantitative survey data (Johnson, 2024). The sample consisted of 150 participants selected through stratified random sampling. Data were analyzed using thematic analysis for qualitative data and descriptive statistics for quantitative data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="578FB936" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>III. Results</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC1367E" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Present your findings here. Organize results logically, use tables, charts, and diagrams where appropriate, and describe key patterns or outcomes without interpretation. Keep this section factual and objective.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72544C7F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="72544C7F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A" w:rsidP="006E02CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>A. Demographic Characteristics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2707A457" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="2707A457" w14:textId="35EF4CAB" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Describe the demographic findings from your research. Table 1 presents the demographic distribution of the sample showing gender composition.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="385D0600" w14:textId="574C2C5E" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Demographic </w:t>
+      </w:r>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>haracteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70370365" w14:textId="5E83DC49" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Describe the demographic findings from your research. Table 1 presents the demographic distribution of the sample showing gender composition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A6D562" w14:textId="62F39F82" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098A1BC7" w14:textId="1A245F58" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Describe the demographic findings from your research. Table 1 presents the demographic distribution of the sample showing gender composition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006A7EBA" w14:textId="7259075C" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12584BEE" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Describe the demographic findings from your research. Table 1 presents the demographic distribution of the sample showing gender composition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE87757" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6B386F5A" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Table 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F14B00D" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:after="180"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -1167,51 +1250,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009765FE" w14:paraId="4FAF7937" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5CC9F043" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A131D9F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -1343,67 +1425,137 @@
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>100.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37722391" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note. This table presents the demographic distribution of participants in the study (N = 150).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CB3FC1" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="30CB3FC1" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A" w:rsidP="006E02CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>B. Satisfaction Levels Across Groups</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00598CEF" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="00598CEF" w14:textId="33882A25" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Present satisfaction level findings. Figure 1 illustrates the comparative satisfaction rates across different participant groups using a visual chart representation.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="09C5AD47" w14:textId="1B3E23A9" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098980FE" w14:textId="39EAD04E" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Present satisfaction level findings. Figure 1 illustrates the comparative satisfaction rates across different participant groups using a visual chart representation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004605E0" w14:textId="3EC5C2AB" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B26446C" w14:textId="4D4D0DE5" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Present satisfaction level findings. Figure 1 illustrates the comparative satisfaction rates across different participant groups using a visual chart representation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201AFAA9" w14:textId="325C7BAD" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061BCD43" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Present satisfaction level findings. Figure 1 illustrates the comparative satisfaction rates across different participant groups using a visual chart representation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4952D385" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="06805AAF" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0523A559" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:after="180"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -1538,50 +1690,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="442F55EB" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Group B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="1" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="1" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="3400" w:type="pct"/>
               <w:tblCellMar>
                 <w:left w:w="10" w:type="dxa"/>
@@ -1728,59 +1881,129 @@
     </w:tbl>
     <w:p w14:paraId="78D56B3F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note. This bar chart displays satisfaction percentages for three participant groups. Group A showed the highest satisfaction at 82.5%, followed by Group C at 75.8%, and Group B at 68.3%.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E805B7B" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>C. Implementation Process Flow</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D424073" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="0D424073" w14:textId="21269026" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Present the process flow findings. Figure 2 illustrates the sequential stages of the implementation process identified through the research, showing the relationships between different phases.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5F74C709" w14:textId="3235127E" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F417DB" w14:textId="39134610" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Present the process flow findings. Figure 2 illustrates the sequential stages of the implementation process identified through the research, showing the relationships between different phases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3373A8EF" w14:textId="3B740488" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33441289" w14:textId="6CDEB949" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Present the process flow findings. Figure 2 illustrates the sequential stages of the implementation process identified through the research, showing the relationships between different phases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3777043B" w14:textId="079639AF" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5587F3C6" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Present the process flow findings. Figure 2 illustrates the sequential stages of the implementation process identified through the research, showing the relationships between different phases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C1DAD0" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="41AF292F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Figure 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77CBCCC2" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:after="180"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -1966,122 +2189,354 @@
               <w:top w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="43A047"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E8F5E9"/>
             <w:tcMar>
               <w:top w:w="120" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="120" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33096BD1" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="43A047"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>STAGE 3: Implementation &amp; Monitoring</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B79FA6F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Deployment execution, performance tracking, continuous improvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66DF8899" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note. This flow diagram illustrates the three-stage implementation process identified in the research. Each stage has distinct activities and deliverables, with sequential progression through the phases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2888453A" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>IV. Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED48E47" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="0ED48E47" w14:textId="1301FF00" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Interpret your results here. Compare findings with existing literature, explain implications, address limitations, and suggest future research directions. This is where you analyze what your results mean and how they contribute to the field.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B62E2DB" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+    <w:p w14:paraId="4EA04C36" w14:textId="54E7D9A4" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A. Demographic Characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410091CB" w14:textId="77777777" w:rsidR="006E02CC" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>For example, these findings align with previous research by Martinez (2023), which also identified governance challenges as a primary concern. However, our study extends this work by demonstrating how stakeholder collaboration can mitigate these challenges. The implications for policy and practice include the need for more adaptive contractual frameworks and enhanced stakeholder engagement mechanisms.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6BA5B3B6" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+        <w:t xml:space="preserve">For example, these findings align with previous research by Martinez (2023), which also identified governance challenges as a primary concern. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA0AA45" w14:textId="2A3EFB30" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B62E2DB" w14:textId="4D371B1B" w:rsidR="009765FE" w:rsidRDefault="0060000A" w:rsidP="006E02CC">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Several limitations should be acknowledged. First, the sample was limited to urban contexts, which may limit generalizability to rural settings. Second, the cross-sectional design prevents causal inferences. Future research should employ longitudinal designs to examine how these relationships evolve over time. Additionally, comparative studies across different geographic and cultural contexts would provide valuable insights.</w:t>
+        <w:t>However, our study extends this work by demonstrating how stakeholder collaboration can mitigate these challenges. The implications for policy and practice include the need for more adaptive contractual frameworks and enhanced stakeholder engagement mechanisms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C21757" w14:textId="2548B2B5" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBF08CB" w14:textId="1AEC0DB6" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>However, our study extends this work by demonstrating how stakeholder collaboration can mitigate these challenges. The implications for policy and practice include the need for more adaptive contractual frameworks and enhanced stakeholder engagement mechanisms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4B82A2" w14:textId="23963880" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5617BD43" w14:textId="40297F85" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="00891FAF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>However, our study extends this work by demonstrating how stakeholder collaboration can mitigate these challenges. The implications for policy and practice include the need for more adaptive contractual frameworks and enhanced stakeholder engagement mechanisms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4432BCBF" w14:textId="5C1BF78F" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic Characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768B1CD8" w14:textId="2C6F751F" w:rsidR="006E02CC" w:rsidRDefault="0060000A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Several limitations should be acknowledged. First, the sample was limited to urban contexts, which may limit generalizability to rural settings. Second, the cross-sectional design prevents causal inferences. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AECF250" w14:textId="75C6B767" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B44F819" w14:textId="6376E6DF" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Several limitations should be acknowledged. First, the sample was limited to urban contexts, which may limit generalizability to rural settings. Second, the cross-sectional design prevents causal inferences. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6383EDF9" w14:textId="6A055EC1" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEED198" w14:textId="70121342" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Several limitations should be acknowledged. First, the sample was limited to urban contexts, which may limit generalizability to rural settings. Second, the cross-sectional design prevents causal inferences. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0079B441" w14:textId="05E7C268" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621FDBED" w14:textId="0CDEEA60" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Several limitations should be acknowledged. First, the sample was limited to urban contexts, which may limit generalizability to rural settings. Second, the cross-sectional design prevents causal inferences. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6271EF1B" w14:textId="5255790E" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic Characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA5B3B6" w14:textId="2719CF66" w:rsidR="009765FE" w:rsidRDefault="0060000A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Future research should employ longitudinal designs to examine how these relationships evolve over time. Additionally, comparative studies across different geographic and cultural contexts would provide valuable insights.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243637B3" w14:textId="57EA5CBC" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3B958B" w14:textId="54F48F5B" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Future research should employ longitudinal designs to examine how these relationships evolve over time. Additionally, comparative studies across different geographic and cultural contexts would provide valuable insights.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452C87F3" w14:textId="4A0F40EB" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E4C765" w14:textId="463A59E7" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Future research should employ longitudinal designs to examine how these relationships evolve over time. Additionally, comparative studies across different geographic and cultural contexts would provide valuable insights.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4797C749" w14:textId="6C071D24" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Demographic characteristics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3875DA11" w14:textId="008FFCFE" w:rsidR="006E02CC" w:rsidRDefault="006E02CC" w:rsidP="006E02CC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Future research should employ longitudinal designs to examine how these relationships evolve over time. Additionally, comparative studies across different geographic and cultural contexts would provide valuable insights.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EEC4A3F" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1A4D6F"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E939E9" w14:textId="77777777" w:rsidR="009765FE" w:rsidRDefault="0060000A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2369,99 +2824,99 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Retrieved January 10, 2026, from https://www.worldbank.org/en/topic/smartcities</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009765FE">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EEE7CB8" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
+    <w:p w14:paraId="5B158B11" w14:textId="77777777" w:rsidR="00EE03D2" w:rsidRDefault="00EE03D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5605F620" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
+    <w:p w14:paraId="5C15BC4F" w14:textId="77777777" w:rsidR="00EE03D2" w:rsidRDefault="00EE03D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="1A4D6F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5040"/>
       <w:gridCol w:w="5040"/>
     </w:tblGrid>
@@ -2615,58 +3070,58 @@
               <w:noProof/>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="1A4D6F"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69EE09B7" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
+    <w:p w14:paraId="360A152E" w14:textId="77777777" w:rsidR="00EE03D2" w:rsidRDefault="00EE03D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15CD7641" w14:textId="77777777" w:rsidR="00210672" w:rsidRDefault="00210672">
+    <w:p w14:paraId="699459E7" w14:textId="77777777" w:rsidR="00EE03D2" w:rsidRDefault="00EE03D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1A4D6F"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3523"/>
       <w:gridCol w:w="3186"/>
@@ -2806,101 +3261,290 @@
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C9AC7610">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C0FC0846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EF77373"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DD07894"/>
+    <w:lvl w:ilvl="0" w:tplc="015A3A0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72EB6C3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4860F55E"/>
+    <w:lvl w:ilvl="0" w:tplc="BADE9046">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009765FE"/>
     <w:rsid w:val="00183CCF"/>
     <w:rsid w:val="00210672"/>
     <w:rsid w:val="002933D2"/>
     <w:rsid w:val="0039006B"/>
     <w:rsid w:val="0060000A"/>
+    <w:rsid w:val="006E02CC"/>
     <w:rsid w:val="007A2C0B"/>
     <w:rsid w:val="0084465C"/>
+    <w:rsid w:val="00891FAF"/>
     <w:rsid w:val="00931A55"/>
     <w:rsid w:val="0096353C"/>
     <w:rsid w:val="009765FE"/>
     <w:rsid w:val="009915C0"/>
     <w:rsid w:val="00B777C4"/>
     <w:rsid w:val="00C03205"/>
+    <w:rsid w:val="00C9362F"/>
     <w:rsid w:val="00DA2FD5"/>
     <w:rsid w:val="00E467A4"/>
+    <w:rsid w:val="00EE03D2"/>
     <w:rsid w:val="00F14E8F"/>
     <w:rsid w:val="00FE2D8C"/>
+    <w:rsid w:val="00FE58CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="66618139"/>
@@ -3808,67 +4452,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7405</Characters>
+  <Pages>7</Pages>
+  <Words>1892</Words>
+  <Characters>10785</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8687</CharactersWithSpaces>
+  <CharactersWithSpaces>12652</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>